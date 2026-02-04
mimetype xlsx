--- v0 (2025-11-24)
+++ v1 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="239" uniqueCount="142">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="247" uniqueCount="146">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -485,50 +485,64 @@
   <si>
     <t>https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/383/mensagem_055_aquisicao_quadra_41_corrigida.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO PARA AQUISIÇÃO, A TÍTULO ONEROSO E POR MEIO DE COMPRA DIRETA, DE IMÓVEIS URBANOS PERTENCENTES A PARTICULAR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
     <t>https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/416/mensagem_074_altera_lc_256_sistema_viario_assinado.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DAS LEI _x000D_
 COMPLEMENTAR Nº 256/2023, DE 16 DE MARÇO DE _x000D_
 2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>455</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/455/mensagem_093_-_altera_lc_257-23.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA DISPOSITIVOS DA LEI_x000D_
+COMPLEMENTAR Nº 257, DE 16 DE MARÇO DE 2023, E_x000D_
+DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -832,56 +846,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/186/02_2025__indicacao_-_junior_dal_pont__sinal_br_277.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/188/04_2025_indicacao_-_paulo_-_pav_pedro_spricigo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/199/ind_11_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/200/ind_12_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/238/indicacao_37_2025_-_alfaltamento_sg_054_e_sg_055.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/251/44_indicacao_2025_-_redutor_veloc_rua_bahia.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/252/45_indicacao_2025_-_revestimento_asfaltico_sg_058.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/274/indicacao_55_2025_-_claudete.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/275/indicacao_56_2025_-_junior.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/279/indicacao_60_2025_-_paulo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/280/indicacao_61_2025_-_junior.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/281/indicacao_62_2025_-_claudete.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/306/indicacao_85_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/310/indicacao_89_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/311/indicacao_90_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/320/indicacoes_91_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/328/indicacoes_96_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/329/indicacoes_97_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/332/indicacoes_98_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/373/camara_municipal_de_santa_terezinha_de_itaipu.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/376/indicacao_114_2025_assinada.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/378/indicacao_116_2025_assinada.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/379/indicacao_117_2025_assinada.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/387/indicacao_123_2025_assinada.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/215/03_requerimento_-_certificado_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/287/10_requerimento_-_estrada_rio_bonito.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/383/mensagem_055_aquisicao_quadra_41_corrigida.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/416/mensagem_074_altera_lc_256_sistema_viario_assinado.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/186/02_2025__indicacao_-_junior_dal_pont__sinal_br_277.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/188/04_2025_indicacao_-_paulo_-_pav_pedro_spricigo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/199/ind_11_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/200/ind_12_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/238/indicacao_37_2025_-_alfaltamento_sg_054_e_sg_055.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/251/44_indicacao_2025_-_redutor_veloc_rua_bahia.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/252/45_indicacao_2025_-_revestimento_asfaltico_sg_058.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/274/indicacao_55_2025_-_claudete.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/275/indicacao_56_2025_-_junior.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/279/indicacao_60_2025_-_paulo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/280/indicacao_61_2025_-_junior.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/281/indicacao_62_2025_-_claudete.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/306/indicacao_85_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/310/indicacao_89_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/311/indicacao_90_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/320/indicacoes_91_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/328/indicacoes_96_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/329/indicacoes_97_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/332/indicacoes_98_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/373/camara_municipal_de_santa_terezinha_de_itaipu.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/376/indicacao_114_2025_assinada.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/378/indicacao_116_2025_assinada.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/379/indicacao_117_2025_assinada.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/387/indicacao_123_2025_assinada.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/215/03_requerimento_-_certificado_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/287/10_requerimento_-_estrada_rio_bonito.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/383/mensagem_055_aquisicao_quadra_41_corrigida.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/416/mensagem_074_altera_lc_256_sistema_viario_assinado.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/455/mensagem_093_-_altera_lc_257-23.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H30"/>
+  <dimension ref="A1:H31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="231.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="136.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1628,83 +1642,110 @@
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>136</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>137</v>
       </c>
       <c r="D30" t="s">
         <v>138</v>
       </c>
       <c r="E30" t="s">
         <v>139</v>
       </c>
       <c r="F30" t="s">
         <v>133</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>140</v>
       </c>
       <c r="H30" t="s">
         <v>141</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>142</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>143</v>
+      </c>
+      <c r="D31" t="s">
+        <v>138</v>
+      </c>
+      <c r="E31" t="s">
+        <v>139</v>
+      </c>
+      <c r="F31" t="s">
+        <v>133</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="H31" t="s">
+        <v>145</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
     <hyperlink ref="G23" r:id="rId22"/>
     <hyperlink ref="G24" r:id="rId23"/>
     <hyperlink ref="G25" r:id="rId24"/>
     <hyperlink ref="G26" r:id="rId25"/>
     <hyperlink ref="G27" r:id="rId26"/>
     <hyperlink ref="G28" r:id="rId27"/>
     <hyperlink ref="G29" r:id="rId28"/>
     <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>