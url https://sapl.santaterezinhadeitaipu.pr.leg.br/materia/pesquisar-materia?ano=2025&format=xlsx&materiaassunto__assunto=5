--- v0 (2025-11-24)
+++ v1 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="208" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="216" uniqueCount="109">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -329,50 +329,68 @@
     <t>424</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/424/mensagem_079_-_credito_suplementar_-_r_1.165.00000.pdf</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/436/mensagem_081_-_credito_suplementar_-_r_3.120.20300.pdf</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/437/mensagem_082_-_credito_especial_-_r_3.434.45400.pdf</t>
+  </si>
+  <si>
+    <t>452</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/452/mensagem_097_-_credito_especial_-_r_8.177.73875.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA AS LEIS MUNICIPAIS Nº 1.922/2021,_x000D_
+DE 18 DE OUTUBRO DE 2021 – PLANO PLURIANUAL_x000D_
+PARA O PERÍODO DE 2022 A 2025, LEI Nº 2.090/2024,_x000D_
+DE 20 DE JUNHO DE 2024 – LEI DE DIRETRIZES_x000D_
+ORÇAMENTÁRIAS PARA 2025 E LEI Nº. 2.120/2024, DE_x000D_
+26 DE DEZEMBRO DE 2024 – LEI ORÇAMENTÁRIA_x000D_
+ANUAL PARA 2025.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>EMODI</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA</t>
   </si>
   <si>
     <t>https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/433/mensagem_062_emenda_modificativa_pl_50_msgm_053_assinado.pdf</t>
   </si>
   <si>
     <t>ALTERA ANEXOS DO PROJETO DE LEI Nº _x000D_
 050/2025 QUE DISPÕE SOBRE O PLANO PLURIANUAL PARA _x000D_
 O QUADRIÊNIO DE 2026 A 2026, E E DÁ OUTRAS _x000D_
 PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
@@ -697,56 +715,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/377/indicacao_115_2025_assinada.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/172/pl_01_2025__credito_especial_r_7_484_181_34_ass.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/181/pl_05_2025_credito_suplementar_r_1_386_631_93.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/182/pl_06_2025_credito_especial_r_1_804_236_49.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/194/mensagem_010_credito_especial_r_4_191_811_84.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/233/pl_14_2025__credito_especial_r_2_359_963_15.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/241/mensagem_014_credito_suplementar_r_304_071_20.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/242/mensagem_015_credito_especial_r_1_569_263_52.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/258/pl_21_2025_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/262/mensagem_019_credito_especial_r_6_706_816_28.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/263/mensagem_025_credito_suplementar_r_412_000_00.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/371/mensagem_053_ppa.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/382/mensagem_054_programa_sti_juro_zero.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/389/mensagem_056_credito_suplementar_r_9_856_142_61.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/390/mensagem_057_credito_especial_r_9_650_000_00.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/395/mensagem_064_loa_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/396/mensagem_063_adequa_ldo_assinado.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/413/mensagem_072_credito_suplementar_r_1_510_000_00_assinado.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/414/mensagem_073_credito_especial_r_20_919_355_00_assinado.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/424/mensagem_079_-_credito_suplementar_-_r_1.165.00000.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/436/mensagem_081_-_credito_suplementar_-_r_3.120.20300.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/437/mensagem_082_-_credito_especial_-_r_3.434.45400.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/433/mensagem_062_emenda_modificativa_pl_50_msgm_053_assinado.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/377/indicacao_115_2025_assinada.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/172/pl_01_2025__credito_especial_r_7_484_181_34_ass.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/181/pl_05_2025_credito_suplementar_r_1_386_631_93.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/182/pl_06_2025_credito_especial_r_1_804_236_49.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/194/mensagem_010_credito_especial_r_4_191_811_84.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/233/pl_14_2025__credito_especial_r_2_359_963_15.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/241/mensagem_014_credito_suplementar_r_304_071_20.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/242/mensagem_015_credito_especial_r_1_569_263_52.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/258/pl_21_2025_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/262/mensagem_019_credito_especial_r_6_706_816_28.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/263/mensagem_025_credito_suplementar_r_412_000_00.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/371/mensagem_053_ppa.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/382/mensagem_054_programa_sti_juro_zero.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/389/mensagem_056_credito_suplementar_r_9_856_142_61.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/390/mensagem_057_credito_especial_r_9_650_000_00.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/395/mensagem_064_loa_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/396/mensagem_063_adequa_ldo_assinado.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/413/mensagem_072_credito_suplementar_r_1_510_000_00_assinado.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/414/mensagem_073_credito_especial_r_20_919_355_00_assinado.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/424/mensagem_079_-_credito_suplementar_-_r_1.165.00000.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/436/mensagem_081_-_credito_suplementar_-_r_3.120.20300.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/437/mensagem_082_-_credito_especial_-_r_3.434.45400.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/452/mensagem_097_-_credito_especial_-_r_8.177.73875.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/433/mensagem_062_emenda_modificativa_pl_50_msgm_053_assinado.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H26"/>
+  <dimension ref="A1:H27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="136.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="146.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1379,92 +1397,119 @@
       </c>
       <c r="E25" t="s">
         <v>19</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>98</v>
       </c>
       <c r="H25" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>99</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>100</v>
       </c>
       <c r="D26" t="s">
+        <v>18</v>
+      </c>
+      <c r="E26" t="s">
+        <v>19</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" s="1" t="s">
         <v>101</v>
       </c>
-      <c r="E26" t="s">
+      <c r="H26" t="s">
         <v>102</v>
       </c>
-      <c r="F26" t="s">
-[...2 lines deleted...]
-      <c r="G26" s="1" t="s">
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
         <v>103</v>
       </c>
-      <c r="H26" t="s">
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
         <v>104</v>
+      </c>
+      <c r="D27" t="s">
+        <v>105</v>
+      </c>
+      <c r="E27" t="s">
+        <v>106</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="H27" t="s">
+        <v>108</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
     <hyperlink ref="G23" r:id="rId22"/>
     <hyperlink ref="G24" r:id="rId23"/>
     <hyperlink ref="G25" r:id="rId24"/>
     <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>