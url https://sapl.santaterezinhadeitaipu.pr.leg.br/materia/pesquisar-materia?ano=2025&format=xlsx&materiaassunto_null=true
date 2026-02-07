--- v0 (2025-11-24)
+++ v1 (2026-02-07)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="784" uniqueCount="383">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="832" uniqueCount="398">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -1142,50 +1142,74 @@
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação obrigatória de câmeras de monitoramento de segurança nos ônibus escolares, vans e demais veículos destinados ao transporte escolar no âmbito do Município de Santa Terezinha de Itaipu e dá outras providências.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/405/pl_62_2025_-_sepultamento_natimortos.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o sepultamento digno de natimortos no âmbito do Município de Santa Terezinha de Itaipu e dá outras providências”.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/425/mensagem_080_-_credito_especial_-_r_2.919.41836.pdf</t>
   </si>
   <si>
+    <t>444</t>
+  </si>
+  <si>
+    <t>EMENTA: ALTERA DISPOSITIVOS DA LEI Nº 1988, DE 21 DE NOVEMBRO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>445</t>
+  </si>
+  <si>
+    <t>EMENTA: ALTERA AS LEIS MUNICIPAIS Nº 1.922/2021,  DE 18 DE OUTUBRO DE 2021 – PLANO PLURIANUAL PARA O PERÍODO DE 2022 A 2025, LEI Nº 2.090/2024, DE 20 DE JUNHO DE 2024 – LEI DE DIRETRIZES ORÇAMENTÁRIAS PARA 2025  E LEI Nº.  2.120/2024, DE 26 DE DEZEMBRO DE 2024 – LEI ORÇAMENTÁRIA ANUAL PARA 2025.</t>
+  </si>
+  <si>
+    <t>446</t>
+  </si>
+  <si>
+    <t>447</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>EMENTA: CRIA E DENOMINA FANFARRA MUNICIPAL “VALDIR DRECHSLER”, DE SANTA TEREZINHA DE ITAUPU.</t>
+  </si>
+  <si>
     <t>350</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
     <t>https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/350/plc_11_2025_mensagem_042_altera_lc_292_psicologo_anexo.pdf</t>
   </si>
   <si>
     <t>ALTERA ARTIGOS DA LEI COMPLEMENTAR Nº 292, DE 14 DE JULHO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/359/plc_12_2025_legislativo-mensagem-do-poder-executivo-1000200-689657b8ddfbf.pdf</t>
@@ -1197,50 +1221,75 @@
 FAZENDÁRIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/370/mensagem_052_2025_memorando_11_074_2025__corrigido.pdf</t>
   </si>
   <si>
     <t>INSTITUI BÔNUS PARA OS SERVIDORES EFETIVOS OCUPANTES DOS CARGOS DE EDUCADOR INFANTIL E MONITOR DE CRECHE ATIVOS DA SECRETRIA MUNICIPAL DE EDUCAÇÃO, NA FORMA QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/426/mensagem_076_-_tabela_salarial_-_nutricionista_40horas.pdf</t>
   </si>
   <si>
     <t>ALTERA NA LEI COMPLEMENTAR Nº 240, DE _x000D_
 1º DE JANEIRO DE 2022, TABELA DE VENCIMENTOS _x000D_
 DE SERVIDOR EM FACE DE DECISÃO JUDICIAL QUE _x000D_
 RECONHECEU REDUÇÃO DE SUA JORNADA PARA 30 _x000D_
 (TRINTA) HORAS SEMANAIS COM MANUTENÇÃO DA _x000D_
 IRREDUTIBILIDADE DOS VENCIMENTOS, E DÁ _x000D_
 OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>453</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/453/mensagem_091_-_altera_lc_255-23.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA DISPOSITIVOS DA LEI_x000D_
+COMPLEMENTAR Nº 255, DE 16 DE MARÇO DE 2023, E_x000D_
+DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>454</t>
+  </si>
+  <si>
+    <t>https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/454/mensagem_092-_altera_lc_256_-_sistema_viario.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA DISPOSITIVOS DAS LEI_x000D_
+COMPLEMENTAR Nº 256, DE 16 DE MARÇO DE 2023 E_x000D_
+DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/207/pdl_01_2025_-_credito_supl.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Suplementar de Dotação Orçamentária no orçamento da Câmara Municipal de Santa Terezinha de Itaipu/PR, para o exercício 2025.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
@@ -1626,56 +1675,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/219/mocao_apoio_01_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/190/indicacao_06_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/191/indicacao_07_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/192/indicacao_08_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/203/ind_14_2025_jose_motta.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/204/ind_15_2025_claudete_e_carlessi.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/206/ind_17_2025_varios.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/208/ind_18_2025_-_calendario_oficial.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/220/ind_23_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/225/indicacao_28_2025_-_claudete.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/246/indicacao_40_2025_-_isoldi_e_outros.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/247/indicacao_41_2025_-_claudete_e_outros.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/248/indicacao_42_2025_-_jacare.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/264/indicacao_46_2025_-_giselis.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/265/indicacao_47_2025_-_giselis.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/266/indicacao_48_2025_-_giselis.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/267/indicacao_49_2025_-_giselis.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/268/indicacao_50_2025_-_giselis.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/269/indicacao_51_2025_-_giselis.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/270/indicacao_52_2025_-_giselis.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/271/indicacao_53_2025_-_giselis.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/272/indicacao_54_2025_-_giselis.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/289/indicacoes_68_2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/290/indicacoes__69_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/291/indicacao_70_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/292/indicacao_71_2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/293/indicacao_72_2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/294/indicacao_73_2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/295/indicacao_74_2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/296/indicacao_75_2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/298/indicacao_77_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/300/indicacao_79_2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/301/indicacao_80_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/302/indicacao_81_2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/307/indicacao_86_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/308/indicacao_87_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/351/indicacoes_99_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/352/indicacoes_100_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/353/indicacoes_101_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/354/indicacoes_102_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/355/indicacoes_103_2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/358/indicacao_104_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/363/106_2025_indicacao.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/365/108_indicacao_2025_mellhorias_na_rua_angelo_pedro_dotto.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/367/110_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/385/indicacao121_assinadas.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/218/06_requerimento_mesa_-_ajuste_pl_08.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/439/14_requerimento_aprovado.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/175/pl_04_2025_-_ganho_real_camara.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/260/mensagem_023_aluguel_social.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/317/mensagem_029_credito_suplementar_r_5_506_732_32.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/318/mensagem_030_credito_especial_r_3_384_068_91.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/319/mensagem_031_altera_lei_2049_23.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/343/pl_39_2025_mensagem_041_desafeta_e_permuta_areas_anexo.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/344/pl_40_2025_mensagem_043_feriado_dia_municipal_do_agricultor.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/345/pl_41_2025_mensagem_045_desafeta_e_permuta_areas_anexo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/356/pl_42_2025_-_desafeta_e_permuta_areas.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/360/pl_46_2025_legislativo-mensagem-do-poder-executivo-1000203-689654336f563.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/361/pl_47_2025_legislativo-mensagem-do-poder-executivo-1000199-689658f522ce9.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/369/mensagem_050_2025_memorando_11_007_2025_assinado_versaoimpressao.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/391/mensagem_058_autoriza_operacao_credito_caixa.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/393/mensagem_060_desafetacao_l_303_b.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/405/pl_62_2025_-_sepultamento_natimortos.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/425/mensagem_080_-_credito_especial_-_r_2.919.41836.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/350/plc_11_2025_mensagem_042_altera_lc_292_psicologo_anexo.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/359/plc_12_2025_legislativo-mensagem-do-poder-executivo-1000200-689657b8ddfbf.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/370/mensagem_052_2025_memorando_11_074_2025__corrigido.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/426/mensagem_076_-_tabela_salarial_-_nutricionista_40horas.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/207/pdl_01_2025_-_credito_supl.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/331/pr_01_2025_-_altera_regimento.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/219/mocao_apoio_01_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/190/indicacao_06_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/191/indicacao_07_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/192/indicacao_08_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/203/ind_14_2025_jose_motta.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/204/ind_15_2025_claudete_e_carlessi.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/206/ind_17_2025_varios.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/208/ind_18_2025_-_calendario_oficial.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/220/ind_23_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/225/indicacao_28_2025_-_claudete.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/246/indicacao_40_2025_-_isoldi_e_outros.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/247/indicacao_41_2025_-_claudete_e_outros.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/248/indicacao_42_2025_-_jacare.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/264/indicacao_46_2025_-_giselis.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/265/indicacao_47_2025_-_giselis.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/266/indicacao_48_2025_-_giselis.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/267/indicacao_49_2025_-_giselis.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/268/indicacao_50_2025_-_giselis.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/269/indicacao_51_2025_-_giselis.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/270/indicacao_52_2025_-_giselis.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/271/indicacao_53_2025_-_giselis.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/272/indicacao_54_2025_-_giselis.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/289/indicacoes_68_2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/290/indicacoes__69_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/291/indicacao_70_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/292/indicacao_71_2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/293/indicacao_72_2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/294/indicacao_73_2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/295/indicacao_74_2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/296/indicacao_75_2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/298/indicacao_77_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/300/indicacao_79_2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/301/indicacao_80_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/302/indicacao_81_2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/307/indicacao_86_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/308/indicacao_87_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/351/indicacoes_99_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/352/indicacoes_100_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/353/indicacoes_101_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/354/indicacoes_102_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/355/indicacoes_103_2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/358/indicacao_104_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/363/106_2025_indicacao.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/365/108_indicacao_2025_mellhorias_na_rua_angelo_pedro_dotto.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/367/110_-_indicacao.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/385/indicacao121_assinadas.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/218/06_requerimento_mesa_-_ajuste_pl_08.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/439/14_requerimento_aprovado.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/175/pl_04_2025_-_ganho_real_camara.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/260/mensagem_023_aluguel_social.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/317/mensagem_029_credito_suplementar_r_5_506_732_32.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/318/mensagem_030_credito_especial_r_3_384_068_91.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/319/mensagem_031_altera_lei_2049_23.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/343/pl_39_2025_mensagem_041_desafeta_e_permuta_areas_anexo.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/344/pl_40_2025_mensagem_043_feriado_dia_municipal_do_agricultor.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/345/pl_41_2025_mensagem_045_desafeta_e_permuta_areas_anexo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/356/pl_42_2025_-_desafeta_e_permuta_areas.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/360/pl_46_2025_legislativo-mensagem-do-poder-executivo-1000203-689654336f563.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/361/pl_47_2025_legislativo-mensagem-do-poder-executivo-1000199-689658f522ce9.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/369/mensagem_050_2025_memorando_11_007_2025_assinado_versaoimpressao.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/391/mensagem_058_autoriza_operacao_credito_caixa.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/393/mensagem_060_desafetacao_l_303_b.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/405/pl_62_2025_-_sepultamento_natimortos.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/425/mensagem_080_-_credito_especial_-_r_2.919.41836.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/350/plc_11_2025_mensagem_042_altera_lc_292_psicologo_anexo.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/359/plc_12_2025_legislativo-mensagem-do-poder-executivo-1000200-689657b8ddfbf.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/370/mensagem_052_2025_memorando_11_074_2025__corrigido.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/426/mensagem_076_-_tabela_salarial_-_nutricionista_40horas.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/453/mensagem_091_-_altera_lc_255-23.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/454/mensagem_092-_altera_lc_256_-_sistema_viario.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/207/pdl_01_2025_-_credito_supl.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/sapl/public/materialegislativa/2025/331/pr_01_2025_-_altera_regimento.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santaterezinhadeitaipu.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H98"/>
+  <dimension ref="A1:H104"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="136.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="158.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -3943,300 +3992,456 @@
       </c>
       <c r="D88" t="s">
         <v>278</v>
       </c>
       <c r="E88" t="s">
         <v>279</v>
       </c>
       <c r="F88" t="s">
         <v>284</v>
       </c>
       <c r="G88" s="1" t="s">
         <v>343</v>
       </c>
       <c r="H88" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>344</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>345</v>
+        <v>197</v>
       </c>
       <c r="D89" t="s">
-        <v>346</v>
+        <v>278</v>
       </c>
       <c r="E89" t="s">
-        <v>347</v>
+        <v>279</v>
       </c>
       <c r="F89" t="s">
         <v>284</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>348</v>
+        <v>35</v>
       </c>
       <c r="H89" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>351</v>
+        <v>200</v>
       </c>
       <c r="D90" t="s">
-        <v>346</v>
+        <v>278</v>
       </c>
       <c r="E90" t="s">
-        <v>347</v>
+        <v>279</v>
       </c>
       <c r="F90" t="s">
         <v>284</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>352</v>
+        <v>35</v>
       </c>
       <c r="H90" t="s">
-        <v>353</v>
+        <v>347</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>354</v>
+        <v>348</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>34</v>
+        <v>203</v>
       </c>
       <c r="D91" t="s">
-        <v>346</v>
+        <v>278</v>
       </c>
       <c r="E91" t="s">
-        <v>347</v>
+        <v>279</v>
       </c>
       <c r="F91" t="s">
         <v>284</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>355</v>
+        <v>35</v>
       </c>
       <c r="H91" t="s">
-        <v>356</v>
+        <v>347</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>357</v>
+        <v>349</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>50</v>
+        <v>350</v>
       </c>
       <c r="D92" t="s">
-        <v>346</v>
+        <v>278</v>
       </c>
       <c r="E92" t="s">
-        <v>347</v>
+        <v>279</v>
       </c>
       <c r="F92" t="s">
         <v>284</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>358</v>
+        <v>35</v>
       </c>
       <c r="H92" t="s">
-        <v>359</v>
+        <v>351</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>360</v>
+        <v>352</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>10</v>
+        <v>353</v>
       </c>
       <c r="D93" t="s">
-        <v>361</v>
+        <v>354</v>
       </c>
       <c r="E93" t="s">
-        <v>362</v>
+        <v>355</v>
       </c>
       <c r="F93" t="s">
-        <v>268</v>
+        <v>284</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>363</v>
+        <v>356</v>
       </c>
       <c r="H93" t="s">
-        <v>364</v>
+        <v>357</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>365</v>
+        <v>358</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>10</v>
+        <v>359</v>
       </c>
       <c r="D94" t="s">
-        <v>366</v>
+        <v>354</v>
       </c>
       <c r="E94" t="s">
-        <v>367</v>
+        <v>355</v>
       </c>
       <c r="F94" t="s">
-        <v>368</v>
+        <v>284</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>369</v>
+        <v>360</v>
       </c>
       <c r="H94" t="s">
-        <v>370</v>
+        <v>361</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>371</v>
+        <v>362</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>372</v>
+        <v>34</v>
       </c>
       <c r="D95" t="s">
-        <v>366</v>
+        <v>354</v>
       </c>
       <c r="E95" t="s">
-        <v>367</v>
+        <v>355</v>
       </c>
       <c r="F95" t="s">
-        <v>268</v>
+        <v>284</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>35</v>
+        <v>363</v>
       </c>
       <c r="H95" t="s">
-        <v>373</v>
+        <v>364</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>374</v>
+        <v>365</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="D96" t="s">
-        <v>375</v>
+        <v>354</v>
       </c>
       <c r="E96" t="s">
-        <v>376</v>
+        <v>355</v>
       </c>
       <c r="F96" t="s">
-        <v>74</v>
+        <v>284</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>35</v>
+        <v>366</v>
       </c>
       <c r="H96" t="s">
-        <v>377</v>
+        <v>367</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>378</v>
+        <v>368</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="D97" t="s">
-        <v>375</v>
+        <v>354</v>
       </c>
       <c r="E97" t="s">
-        <v>376</v>
+        <v>355</v>
       </c>
       <c r="F97" t="s">
-        <v>74</v>
+        <v>284</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>35</v>
+        <v>370</v>
       </c>
       <c r="H97" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
+        <v>372</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>283</v>
+      </c>
+      <c r="D98" t="s">
+        <v>354</v>
+      </c>
+      <c r="E98" t="s">
+        <v>355</v>
+      </c>
+      <c r="F98" t="s">
+        <v>284</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="H98" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>375</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>10</v>
+      </c>
+      <c r="D99" t="s">
+        <v>376</v>
+      </c>
+      <c r="E99" t="s">
+        <v>377</v>
+      </c>
+      <c r="F99" t="s">
+        <v>268</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="H99" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
         <v>380</v>
       </c>
-      <c r="B98" t="s">
-[...2 lines deleted...]
-      <c r="C98" t="s">
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>10</v>
+      </c>
+      <c r="D100" t="s">
         <v>381</v>
       </c>
-      <c r="D98" t="s">
-[...5 lines deleted...]
-      <c r="F98" t="s">
+      <c r="E100" t="s">
+        <v>382</v>
+      </c>
+      <c r="F100" t="s">
+        <v>383</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="H100" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>386</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>387</v>
+      </c>
+      <c r="D101" t="s">
+        <v>381</v>
+      </c>
+      <c r="E101" t="s">
+        <v>382</v>
+      </c>
+      <c r="F101" t="s">
+        <v>268</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="H101" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>389</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>10</v>
+      </c>
+      <c r="D102" t="s">
+        <v>390</v>
+      </c>
+      <c r="E102" t="s">
+        <v>391</v>
+      </c>
+      <c r="F102" t="s">
         <v>74</v>
       </c>
-      <c r="G98" s="1" t="s">
+      <c r="G102" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="H98" t="s">
-        <v>382</v>
+      <c r="H102" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>393</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>387</v>
+      </c>
+      <c r="D103" t="s">
+        <v>390</v>
+      </c>
+      <c r="E103" t="s">
+        <v>391</v>
+      </c>
+      <c r="F103" t="s">
+        <v>74</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="H103" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>395</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>396</v>
+      </c>
+      <c r="D104" t="s">
+        <v>390</v>
+      </c>
+      <c r="E104" t="s">
+        <v>391</v>
+      </c>
+      <c r="F104" t="s">
+        <v>74</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="H104" t="s">
+        <v>397</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -4294,50 +4499,56 @@
     <hyperlink ref="G74" r:id="rId73"/>
     <hyperlink ref="G75" r:id="rId74"/>
     <hyperlink ref="G76" r:id="rId75"/>
     <hyperlink ref="G77" r:id="rId76"/>
     <hyperlink ref="G78" r:id="rId77"/>
     <hyperlink ref="G79" r:id="rId78"/>
     <hyperlink ref="G80" r:id="rId79"/>
     <hyperlink ref="G81" r:id="rId80"/>
     <hyperlink ref="G82" r:id="rId81"/>
     <hyperlink ref="G83" r:id="rId82"/>
     <hyperlink ref="G84" r:id="rId83"/>
     <hyperlink ref="G85" r:id="rId84"/>
     <hyperlink ref="G86" r:id="rId85"/>
     <hyperlink ref="G87" r:id="rId86"/>
     <hyperlink ref="G88" r:id="rId87"/>
     <hyperlink ref="G89" r:id="rId88"/>
     <hyperlink ref="G90" r:id="rId89"/>
     <hyperlink ref="G91" r:id="rId90"/>
     <hyperlink ref="G92" r:id="rId91"/>
     <hyperlink ref="G93" r:id="rId92"/>
     <hyperlink ref="G94" r:id="rId93"/>
     <hyperlink ref="G95" r:id="rId94"/>
     <hyperlink ref="G96" r:id="rId95"/>
     <hyperlink ref="G97" r:id="rId96"/>
     <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
+    <hyperlink ref="G100" r:id="rId99"/>
+    <hyperlink ref="G101" r:id="rId100"/>
+    <hyperlink ref="G102" r:id="rId101"/>
+    <hyperlink ref="G103" r:id="rId102"/>
+    <hyperlink ref="G104" r:id="rId103"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>